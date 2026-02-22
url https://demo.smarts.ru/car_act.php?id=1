--- v0 (2025-12-24)
+++ v1 (2026-02-22)
@@ -183,51 +183,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3509561D" w14:textId="177EBF49" w:rsidR="009D3334" w:rsidRDefault="007170FF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Дата: </w:t>
       </w:r>
       <w:r w:rsidRPr="007170FF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>24.12.2025 21:17</w:t>
+        <w:t>22.02.2026 18:02</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Место осмотра:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D07F5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>